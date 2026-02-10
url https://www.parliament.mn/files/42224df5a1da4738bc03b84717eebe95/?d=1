--- v0 (2025-12-23)
+++ v1 (2026-02-10)
@@ -10,78 +10,78 @@
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/metadata.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheetMetadata+xml"/>
   <Override PartName="/xl/richData/richValueRel.xml" ContentType="application/vnd.ms-excel.richvaluerel+xml"/>
   <Override PartName="/xl/richData/rdrichvalue.xml" ContentType="application/vnd.ms-excel.rdrichvalue+xml"/>
   <Override PartName="/xl/richData/rdrichvaluestructure.xml" ContentType="application/vnd.ms-excel.rdrichvaluestructure+xml"/>
   <Override PartName="/xl/richData/rdRichValueTypes.xml" ContentType="application/vnd.ms-excel.rdrichvaluetypes+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="11214"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="/Users/elbegzaya/Desktop/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{60C4D282-34B4-5344-A10F-84BBF0C9F62A}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{A5CBEA10-3C1D-C246-AFFB-26B225D1D7DE}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="10480" yWindow="620" windowWidth="19140" windowHeight="22600" xr2:uid="{55A901AA-0B75-364E-9EE8-A583D9D9ADE7}"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/metadata.xml><?xml version="1.0" encoding="utf-8"?>
-<metadata xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:xlrd="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata" xmlns:xda="http://schemas.microsoft.com/office/spreadsheetml/2017/dynamicarray">
+<metadata xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:xlrd="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata">
   <metadataTypes count="1">
     <metadataType name="XLRICHVALUE" minSupportedVersion="120000" copy="1" pasteAll="1" pasteValues="1" merge="1" splitFirst="1" rowColShift="1" clearFormats="1" clearComments="1" assign="1" coerce="1"/>
   </metadataTypes>
   <futureMetadata name="XLRICHVALUE" count="126">
     <bk>
       <extLst>
         <ext uri="{3e2802c4-a4d2-4d8b-9148-e3be6c30e623}">
           <xlrd:rvb i="0"/>
         </ext>
       </extLst>
     </bk>
     <bk>
       <extLst>
         <ext uri="{3e2802c4-a4d2-4d8b-9148-e3be6c30e623}">
           <xlrd:rvb i="1"/>
         </ext>
       </extLst>
     </bk>
     <bk>
       <extLst>
         <ext uri="{3e2802c4-a4d2-4d8b-9148-e3be6c30e623}">
           <xlrd:rvb i="2"/>
         </ext>
       </extLst>
     </bk>
@@ -1309,51 +1309,51 @@
       <rc t="1" v="119"/>
     </bk>
     <bk>
       <rc t="1" v="120"/>
     </bk>
     <bk>
       <rc t="1" v="121"/>
     </bk>
     <bk>
       <rc t="1" v="122"/>
     </bk>
     <bk>
       <rc t="1" v="123"/>
     </bk>
     <bk>
       <rc t="1" v="124"/>
     </bk>
     <bk>
       <rc t="1" v="125"/>
     </bk>
   </valueMetadata>
 </metadata>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="148" uniqueCount="136">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="151" uniqueCount="136">
   <si>
     <t>№</t>
   </si>
   <si>
     <t>Зураг</t>
   </si>
   <si>
     <t>Гишүүний нэр</t>
   </si>
   <si>
     <t>Ирсэн цаг</t>
   </si>
   <si>
     <t>Тайлбар</t>
   </si>
   <si>
     <t>Ж.Алдаржавхлан</t>
   </si>
   <si>
     <t>Г.Лувсанжамц</t>
   </si>
   <si>
     <t>О.Алтангэрэл</t>
   </si>
   <si>
@@ -1817,58 +1817,58 @@
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="12">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="20" fontId="3" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="164" fontId="3" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="20" fontId="4" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.microsoft.com/office/2017/06/relationships/rdRichValueStructure" Target="richData/rdrichvaluestructure.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.microsoft.com/office/2017/06/relationships/rdRichValue" Target="richData/rdrichvalue.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.microsoft.com/office/2022/10/relationships/richValueRel" Target="richData/richValueRel.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sheetMetadata" Target="metadata.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId9" Type="http://schemas.microsoft.com/office/2017/06/relationships/rdRichValueTypes" Target="richData/rdRichValueTypes.xml"/></Relationships>
 </file>
 
 <file path=xl/richData/_rels/richValueRel.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image26.jpeg"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image117.jpeg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image21.jpeg"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image42.jpeg"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image47.jpeg"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image63.jpeg"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image68.jpeg"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image84.jpeg"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image89.jpeg"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image112.jpeg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image16.jpeg"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image107.jpeg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.jpeg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image32.jpeg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image37.jpeg"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image53.jpeg"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image58.jpeg"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image74.jpeg"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image79.jpeg"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image102.jpeg"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image123.jpeg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.jpeg"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image90.jpeg"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image95.jpeg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image22.jpeg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image27.jpeg"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image43.jpeg"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image48.jpeg"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image64.jpeg"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image69.jpeg"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image113.jpeg"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image118.jpeg"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image80.jpeg"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image85.jpeg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image12.jpeg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image17.jpeg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image33.jpeg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image38.jpeg"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image59.jpeg"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image103.jpeg"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image108.jpeg"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image124.jpeg"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image54.jpeg"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image70.jpeg"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image75.jpeg"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image91.jpeg"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image96.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.jpeg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.jpeg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image23.jpeg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image28.jpeg"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image49.jpeg"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image114.jpeg"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image119.jpeg"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image44.jpeg"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image60.jpeg"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image65.jpeg"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image81.jpeg"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image86.jpeg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image13.jpeg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image18.jpeg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image39.jpeg"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image109.jpeg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image34.jpeg"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image50.jpeg"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image55.jpeg"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image76.jpeg"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image97.jpeg"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image104.jpeg"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image120.jpeg"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image125.jpeg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.jpeg"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image71.jpeg"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image92.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.jpeg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image29.jpeg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image24.jpeg"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image40.jpeg"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image45.jpeg"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image66.jpeg"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image87.jpeg"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image110.jpeg"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image115.jpeg"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image61.jpeg"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image82.jpeg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image19.jpeg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image14.jpeg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image30.jpeg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image35.jpeg"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image56.jpeg"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image77.jpeg"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image100.jpeg"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image105.jpeg"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image126.jpeg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.jpeg"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image51.jpeg"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image72.jpeg"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image93.jpeg"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image98.jpeg"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image121.jpeg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.jpeg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image25.jpeg"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image46.jpeg"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image67.jpeg"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image116.jpeg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image20.jpeg"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image41.jpeg"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image62.jpeg"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image83.jpeg"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image88.jpeg"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image111.jpeg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.jpeg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image36.jpeg"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image57.jpeg"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image106.jpeg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.jpeg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image31.jpeg"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image52.jpeg"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image73.jpeg"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image78.jpeg"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image94.jpeg"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image99.jpeg"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image101.jpeg"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image122.jpeg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.jpeg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.jpeg"/></Relationships>
 </file>
@@ -2859,95 +2859,95 @@
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{DF2C836A-EB10-6E48-B511-40DD78060631}">
   <dimension ref="B1:K67"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="C1" workbookViewId="0">
-      <selection activeCell="J14" sqref="J14"/>
+    <sheetView tabSelected="1" topLeftCell="A28" workbookViewId="0">
+      <selection activeCell="F37" sqref="F37"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="80" customHeight="1" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="10.83203125" style="1"/>
     <col min="2" max="2" width="4.33203125" style="7" customWidth="1"/>
     <col min="3" max="3" width="6.6640625" style="1" customWidth="1"/>
     <col min="4" max="4" width="22" style="7" customWidth="1"/>
     <col min="5" max="5" width="13.33203125" style="7" customWidth="1"/>
     <col min="6" max="6" width="26" style="7" customWidth="1"/>
     <col min="7" max="7" width="5.83203125" style="7" customWidth="1"/>
     <col min="8" max="8" width="6.5" style="1" customWidth="1"/>
     <col min="9" max="9" width="20.5" style="7" customWidth="1"/>
     <col min="10" max="10" width="12.6640625" style="7" customWidth="1"/>
     <col min="11" max="11" width="32" style="7" customWidth="1"/>
     <col min="12" max="16384" width="10.83203125" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="2:11" ht="21" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B1" s="9" t="s">
+      <c r="B1" s="11" t="s">
         <v>131</v>
       </c>
-      <c r="C1" s="9"/>
-[...7 lines deleted...]
-      <c r="K1" s="9"/>
+      <c r="C1" s="11"/>
+      <c r="D1" s="11"/>
+      <c r="E1" s="11"/>
+      <c r="F1" s="11"/>
+      <c r="G1" s="11"/>
+      <c r="H1" s="11"/>
+      <c r="I1" s="11"/>
+      <c r="J1" s="11"/>
+      <c r="K1" s="11"/>
     </row>
     <row r="2" spans="2:11" ht="22" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B2" s="9"/>
-[...8 lines deleted...]
-      <c r="K2" s="9"/>
+      <c r="B2" s="11"/>
+      <c r="C2" s="11"/>
+      <c r="D2" s="11"/>
+      <c r="E2" s="11"/>
+      <c r="F2" s="11"/>
+      <c r="G2" s="11"/>
+      <c r="H2" s="11"/>
+      <c r="I2" s="11"/>
+      <c r="J2" s="11"/>
+      <c r="K2" s="11"/>
     </row>
     <row r="3" spans="2:11" s="2" customFormat="1" ht="27" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B3" s="3" t="s">
         <v>0</v>
       </c>
       <c r="C3" s="4" t="s">
         <v>1</v>
       </c>
       <c r="D3" s="3" t="s">
         <v>2</v>
       </c>
       <c r="E3" s="3" t="s">
         <v>3</v>
       </c>
       <c r="F3" s="3" t="s">
         <v>4</v>
       </c>
       <c r="G3" s="3" t="s">
         <v>0</v>
       </c>
       <c r="H3" s="4" t="s">
         <v>1</v>
       </c>
       <c r="I3" s="3" t="s">
         <v>2</v>
@@ -3147,51 +3147,53 @@
     </row>
     <row r="11" spans="2:11" ht="60" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B11" s="5">
         <v>8</v>
       </c>
       <c r="C11" s="8" t="e" vm="15">
         <v>#VALUE!</v>
       </c>
       <c r="D11" s="5" t="s">
         <v>19</v>
       </c>
       <c r="E11" s="6">
         <v>0.54305555555555551</v>
       </c>
       <c r="F11" s="5"/>
       <c r="G11" s="5">
         <v>71</v>
       </c>
       <c r="H11" s="8" t="e" vm="16">
         <v>#VALUE!</v>
       </c>
       <c r="I11" s="5" t="s">
         <v>20</v>
       </c>
       <c r="J11" s="6"/>
-      <c r="K11" s="5"/>
+      <c r="K11" s="5" t="s">
+        <v>135</v>
+      </c>
     </row>
     <row r="12" spans="2:11" ht="60" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B12" s="5">
         <v>9</v>
       </c>
       <c r="C12" s="8" t="e" vm="17">
         <v>#VALUE!</v>
       </c>
       <c r="D12" s="5" t="s">
         <v>21</v>
       </c>
       <c r="E12" s="6">
         <v>0.54791666666666672</v>
       </c>
       <c r="F12" s="5"/>
       <c r="G12" s="5">
         <v>72</v>
       </c>
       <c r="H12" s="8" t="e" vm="18">
         <v>#VALUE!</v>
       </c>
       <c r="I12" s="5" t="s">
         <v>22</v>
       </c>
       <c r="J12" s="6"/>
@@ -3200,51 +3202,51 @@
       </c>
     </row>
     <row r="13" spans="2:11" ht="60" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B13" s="5">
         <v>10</v>
       </c>
       <c r="C13" s="8" t="e" vm="19">
         <v>#VALUE!</v>
       </c>
       <c r="D13" s="5" t="s">
         <v>23</v>
       </c>
       <c r="E13" s="6">
         <v>0.57291666666666663</v>
       </c>
       <c r="F13" s="5"/>
       <c r="G13" s="5">
         <v>73</v>
       </c>
       <c r="H13" s="8" t="e" vm="20">
         <v>#VALUE!</v>
       </c>
       <c r="I13" s="5" t="s">
         <v>24</v>
       </c>
-      <c r="J13" s="11">
+      <c r="J13" s="10">
         <v>0.57916666666666672</v>
       </c>
       <c r="K13" s="5"/>
     </row>
     <row r="14" spans="2:11" ht="60" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B14" s="5">
         <v>11</v>
       </c>
       <c r="C14" s="8" t="e" vm="21">
         <v>#VALUE!</v>
       </c>
       <c r="D14" s="5" t="s">
         <v>25</v>
       </c>
       <c r="E14" s="6">
         <v>0.57986111111111116</v>
       </c>
       <c r="F14" s="5"/>
       <c r="G14" s="5">
         <v>74</v>
       </c>
       <c r="H14" s="8" t="e" vm="22">
         <v>#VALUE!</v>
       </c>
       <c r="I14" s="5" t="s">
@@ -3282,80 +3284,82 @@
       <c r="K15" s="5"/>
     </row>
     <row r="16" spans="2:11" ht="60" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B16" s="5">
         <v>13</v>
       </c>
       <c r="C16" s="8" t="e" vm="25">
         <v>#VALUE!</v>
       </c>
       <c r="D16" s="5" t="s">
         <v>29</v>
       </c>
       <c r="E16" s="6">
         <v>0.58194444444444449</v>
       </c>
       <c r="F16" s="5"/>
       <c r="G16" s="5">
         <v>76</v>
       </c>
       <c r="H16" s="8" t="e" vm="26">
         <v>#VALUE!</v>
       </c>
       <c r="I16" s="5" t="s">
         <v>30</v>
       </c>
-      <c r="J16" s="10">
+      <c r="J16" s="9">
         <v>0.39861111111111114</v>
       </c>
       <c r="K16" s="5"/>
     </row>
     <row r="17" spans="2:11" ht="60" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B17" s="5">
         <v>14</v>
       </c>
       <c r="C17" s="8" t="e" vm="27">
         <v>#VALUE!</v>
       </c>
       <c r="D17" s="5" t="s">
         <v>31</v>
       </c>
       <c r="E17" s="6">
         <v>0.57916666666666672</v>
       </c>
       <c r="F17" s="5"/>
       <c r="G17" s="5">
         <v>77</v>
       </c>
       <c r="H17" s="8" t="e" vm="28">
         <v>#VALUE!</v>
       </c>
       <c r="I17" s="5" t="s">
         <v>32</v>
       </c>
       <c r="J17" s="6"/>
-      <c r="K17" s="5"/>
+      <c r="K17" s="5" t="s">
+        <v>134</v>
+      </c>
     </row>
     <row r="18" spans="2:11" ht="60" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B18" s="5">
         <v>15</v>
       </c>
       <c r="C18" s="8" t="e" vm="29">
         <v>#VALUE!</v>
       </c>
       <c r="D18" s="5" t="s">
         <v>33</v>
       </c>
       <c r="E18" s="6">
         <v>0.58333333333333337</v>
       </c>
       <c r="F18" s="5"/>
       <c r="G18" s="5">
         <v>78</v>
       </c>
       <c r="H18" s="8" t="e" vm="30">
         <v>#VALUE!</v>
       </c>
       <c r="I18" s="5" t="s">
         <v>34</v>
       </c>
       <c r="J18" s="5"/>
@@ -3844,51 +3848,53 @@
       <c r="G36" s="5">
         <v>96</v>
       </c>
       <c r="H36" s="8" t="e" vm="66">
         <v>#VALUE!</v>
       </c>
       <c r="I36" s="5" t="s">
         <v>70</v>
       </c>
       <c r="J36" s="6">
         <v>0.56458333333333333</v>
       </c>
       <c r="K36" s="5"/>
     </row>
     <row r="37" spans="2:11" ht="60" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B37" s="5">
         <v>34</v>
       </c>
       <c r="C37" s="8" t="e" vm="67">
         <v>#VALUE!</v>
       </c>
       <c r="D37" s="5" t="s">
         <v>71</v>
       </c>
       <c r="E37" s="6"/>
-      <c r="F37" s="5"/>
+      <c r="F37" s="5" t="s">
+        <v>135</v>
+      </c>
       <c r="G37" s="5">
         <v>97</v>
       </c>
       <c r="H37" s="8" t="e" vm="68">
         <v>#VALUE!</v>
       </c>
       <c r="I37" s="5" t="s">
         <v>72</v>
       </c>
       <c r="J37" s="5"/>
       <c r="K37" s="5"/>
     </row>
     <row r="38" spans="2:11" ht="60" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B38" s="5">
         <v>35</v>
       </c>
       <c r="C38" s="8" t="e" vm="69">
         <v>#VALUE!</v>
       </c>
       <c r="D38" s="5" t="s">
         <v>73</v>
       </c>
       <c r="E38" s="5"/>
       <c r="F38" s="5"/>
       <c r="G38" s="5">