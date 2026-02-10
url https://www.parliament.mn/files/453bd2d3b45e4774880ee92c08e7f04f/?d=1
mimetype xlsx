--- v0 (2025-12-26)
+++ v1 (2026-02-10)
@@ -11,51 +11,51 @@
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/metadata.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheetMetadata+xml"/>
   <Override PartName="/xl/richData/richValueRel.xml" ContentType="application/vnd.ms-excel.richvaluerel+xml"/>
   <Override PartName="/xl/richData/rdrichvalue.xml" ContentType="application/vnd.ms-excel.rdrichvalue+xml"/>
   <Override PartName="/xl/richData/rdrichvaluestructure.xml" ContentType="application/vnd.ms-excel.rdrichvaluestructure+xml"/>
   <Override PartName="/xl/richData/rdRichValueTypes.xml" ContentType="application/vnd.ms-excel.rdrichvaluetypes+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="11214"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="/Users/elbegzaya/Desktop/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{FB923604-2951-2E41-8986-46B748A3331F}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{3F147AE2-559C-A24C-BDE5-D38376B27242}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="19960" yWindow="620" windowWidth="20640" windowHeight="22600" xr2:uid="{55A901AA-0B75-364E-9EE8-A583D9D9ADE7}"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
@@ -1318,51 +1318,51 @@
       <rc t="1" v="119"/>
     </bk>
     <bk>
       <rc t="1" v="120"/>
     </bk>
     <bk>
       <rc t="1" v="121"/>
     </bk>
     <bk>
       <rc t="1" v="122"/>
     </bk>
     <bk>
       <rc t="1" v="123"/>
     </bk>
     <bk>
       <rc t="1" v="124"/>
     </bk>
     <bk>
       <rc t="1" v="125"/>
     </bk>
   </valueMetadata>
 </metadata>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="172" uniqueCount="139">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="171" uniqueCount="139">
   <si>
     <t>№</t>
   </si>
   <si>
     <t>Зураг</t>
   </si>
   <si>
     <t>Гишүүний нэр</t>
   </si>
   <si>
     <t>Ирсэн цаг</t>
   </si>
   <si>
     <t>Тайлбар</t>
   </si>
   <si>
     <t>Ж.Алдаржавхлан</t>
   </si>
   <si>
     <t>Г.Лувсанжамц</t>
   </si>
   <si>
     <t>О.Алтангэрэл</t>
   </si>
   <si>
@@ -2883,52 +2883,52 @@
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{DF2C836A-EB10-6E48-B511-40DD78060631}">
   <dimension ref="B1:L71"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="A62" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="G26" sqref="G26"/>
+    <sheetView tabSelected="1" topLeftCell="A63" zoomScaleNormal="100" workbookViewId="0">
+      <selection activeCell="E72" sqref="E72"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="80" customHeight="1" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="10.83203125" style="1"/>
     <col min="2" max="2" width="4.33203125" style="6" customWidth="1"/>
     <col min="3" max="3" width="6.6640625" style="1" customWidth="1"/>
     <col min="4" max="4" width="22" style="6" customWidth="1"/>
     <col min="5" max="5" width="13.33203125" style="6" customWidth="1"/>
     <col min="6" max="6" width="26" style="6" customWidth="1"/>
     <col min="7" max="7" width="5.83203125" style="6" customWidth="1"/>
     <col min="8" max="8" width="6.5" style="1" customWidth="1"/>
     <col min="9" max="9" width="20.5" style="6" customWidth="1"/>
     <col min="10" max="10" width="12.6640625" style="6" customWidth="1"/>
     <col min="11" max="11" width="32" style="6" customWidth="1"/>
     <col min="12" max="16384" width="10.83203125" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="2:11" ht="21" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B1" s="10" t="s">
         <v>135</v>
       </c>
       <c r="C1" s="10"/>
       <c r="D1" s="10"/>
       <c r="E1" s="10"/>
@@ -3165,54 +3165,54 @@
       </c>
       <c r="G10" s="5">
         <v>70</v>
       </c>
       <c r="H10" s="13" t="e" vm="14">
         <v>#VALUE!</v>
       </c>
       <c r="I10" s="5" t="s">
         <v>18</v>
       </c>
       <c r="J10" s="7">
         <v>0.41458333333333336</v>
       </c>
       <c r="K10" s="5"/>
     </row>
     <row r="11" spans="2:11" ht="60" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B11" s="5">
         <v>8</v>
       </c>
       <c r="C11" s="13" t="e" vm="15">
         <v>#VALUE!</v>
       </c>
       <c r="D11" s="5" t="s">
         <v>19</v>
       </c>
-      <c r="E11" s="7"/>
-[...2 lines deleted...]
-      </c>
+      <c r="E11" s="7">
+        <v>0.50208333333333333</v>
+      </c>
+      <c r="F11" s="5"/>
       <c r="G11" s="5">
         <v>71</v>
       </c>
       <c r="H11" s="13" t="e" vm="16">
         <v>#VALUE!</v>
       </c>
       <c r="I11" s="5" t="s">
         <v>20</v>
       </c>
       <c r="J11" s="7"/>
       <c r="K11" s="5" t="s">
         <v>134</v>
       </c>
     </row>
     <row r="12" spans="2:11" ht="60" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B12" s="5">
         <v>9</v>
       </c>
       <c r="C12" s="13" t="e" vm="17">
         <v>#VALUE!</v>
       </c>
       <c r="D12" s="5" t="s">
         <v>21</v>
       </c>
       <c r="E12" s="7">
@@ -3305,54 +3305,54 @@
       </c>
       <c r="G15" s="5">
         <v>75</v>
       </c>
       <c r="H15" s="13" t="e" vm="24">
         <v>#VALUE!</v>
       </c>
       <c r="I15" s="5" t="s">
         <v>28</v>
       </c>
       <c r="J15" s="7">
         <v>0.3923611111111111</v>
       </c>
       <c r="K15" s="5"/>
     </row>
     <row r="16" spans="2:11" ht="60" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B16" s="5">
         <v>13</v>
       </c>
       <c r="C16" s="13" t="e" vm="25">
         <v>#VALUE!</v>
       </c>
       <c r="D16" s="5" t="s">
         <v>29</v>
       </c>
-      <c r="E16" s="7"/>
-[...2 lines deleted...]
-      </c>
+      <c r="E16" s="7">
+        <v>0.64444444444444449</v>
+      </c>
+      <c r="F16" s="5"/>
       <c r="G16" s="5">
         <v>76</v>
       </c>
       <c r="H16" s="13" t="e" vm="26">
         <v>#VALUE!</v>
       </c>
       <c r="I16" s="5" t="s">
         <v>30</v>
       </c>
       <c r="J16" s="7">
         <v>0.4284722222222222</v>
       </c>
       <c r="K16" s="5"/>
     </row>
     <row r="17" spans="2:11" ht="60" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B17" s="5">
         <v>14</v>
       </c>
       <c r="C17" s="13" t="e" vm="27">
         <v>#VALUE!</v>
       </c>
       <c r="D17" s="5" t="s">
         <v>31</v>
       </c>
       <c r="E17" s="7"/>
@@ -3612,51 +3612,53 @@
         <v>133</v>
       </c>
       <c r="G26" s="5">
         <v>86</v>
       </c>
       <c r="H26" s="13" t="e" vm="46">
         <v>#VALUE!</v>
       </c>
       <c r="I26" s="5" t="s">
         <v>50</v>
       </c>
       <c r="J26" s="7"/>
       <c r="K26" s="5"/>
     </row>
     <row r="27" spans="2:11" ht="60" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B27" s="5">
         <v>24</v>
       </c>
       <c r="C27" s="13" t="e" vm="47">
         <v>#VALUE!</v>
       </c>
       <c r="D27" s="5" t="s">
         <v>51</v>
       </c>
       <c r="E27" s="7"/>
-      <c r="F27" s="5"/>
+      <c r="F27" s="5" t="s">
+        <v>131</v>
+      </c>
       <c r="G27" s="5">
         <v>87</v>
       </c>
       <c r="H27" s="13" t="e" vm="48">
         <v>#VALUE!</v>
       </c>
       <c r="I27" s="5" t="s">
         <v>52</v>
       </c>
       <c r="J27" s="7"/>
       <c r="K27" s="5" t="s">
         <v>133</v>
       </c>
     </row>
     <row r="28" spans="2:11" ht="60" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B28" s="5">
         <v>25</v>
       </c>
       <c r="C28" s="13" t="e" vm="49">
         <v>#VALUE!</v>
       </c>
       <c r="D28" s="5" t="s">
         <v>53</v>
       </c>
       <c r="E28" s="7"/>
@@ -3805,54 +3807,54 @@
       <c r="F33" s="5"/>
       <c r="G33" s="5">
         <v>93</v>
       </c>
       <c r="H33" s="13" t="e" vm="60">
         <v>#VALUE!</v>
       </c>
       <c r="I33" s="5" t="s">
         <v>64</v>
       </c>
       <c r="J33" s="7">
         <v>0.42638888888888887</v>
       </c>
       <c r="K33" s="5"/>
     </row>
     <row r="34" spans="2:11" ht="60" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B34" s="5">
         <v>31</v>
       </c>
       <c r="C34" s="13" t="e" vm="61">
         <v>#VALUE!</v>
       </c>
       <c r="D34" s="5" t="s">
         <v>65</v>
       </c>
-      <c r="E34" s="7"/>
-[...2 lines deleted...]
-      </c>
+      <c r="E34" s="7">
+        <v>0.49444444444444446</v>
+      </c>
+      <c r="F34" s="5"/>
       <c r="G34" s="5">
         <v>94</v>
       </c>
       <c r="H34" s="13" t="e" vm="62">
         <v>#VALUE!</v>
       </c>
       <c r="I34" s="5" t="s">
         <v>66</v>
       </c>
       <c r="J34" s="7"/>
       <c r="K34" s="5" t="s">
         <v>134</v>
       </c>
     </row>
     <row r="35" spans="2:11" ht="60" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B35" s="5">
         <v>32</v>
       </c>
       <c r="C35" s="13" t="e" vm="63">
         <v>#VALUE!</v>
       </c>
       <c r="D35" s="5" t="s">
         <v>67</v>
       </c>
       <c r="E35" s="7">
@@ -3931,51 +3933,53 @@
     </row>
     <row r="38" spans="2:11" ht="60" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B38" s="5">
         <v>35</v>
       </c>
       <c r="C38" s="13" t="e" vm="69">
         <v>#VALUE!</v>
       </c>
       <c r="D38" s="5" t="s">
         <v>73</v>
       </c>
       <c r="E38" s="7"/>
       <c r="F38" s="5" t="s">
         <v>134</v>
       </c>
       <c r="G38" s="5">
         <v>98</v>
       </c>
       <c r="H38" s="13" t="e" vm="70">
         <v>#VALUE!</v>
       </c>
       <c r="I38" s="5" t="s">
         <v>74</v>
       </c>
       <c r="J38" s="7"/>
-      <c r="K38" s="5"/>
+      <c r="K38" s="5" t="s">
+        <v>134</v>
+      </c>
     </row>
     <row r="39" spans="2:11" ht="60" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B39" s="5">
         <v>36</v>
       </c>
       <c r="C39" s="13" t="e" vm="71">
         <v>#VALUE!</v>
       </c>
       <c r="D39" s="5" t="s">
         <v>75</v>
       </c>
       <c r="E39" s="7">
         <v>0.40486111111111112</v>
       </c>
       <c r="F39" s="5"/>
       <c r="G39" s="5">
         <v>99</v>
       </c>
       <c r="H39" s="13" t="e" vm="72">
         <v>#VALUE!</v>
       </c>
       <c r="I39" s="5" t="s">
         <v>76</v>
       </c>
       <c r="J39" s="7"/>
@@ -4514,64 +4518,68 @@
       <c r="K58" s="5"/>
     </row>
     <row r="59" spans="2:11" ht="60" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B59" s="5">
         <v>56</v>
       </c>
       <c r="C59" s="13" t="e" vm="111">
         <v>#VALUE!</v>
       </c>
       <c r="D59" s="5" t="s">
         <v>115</v>
       </c>
       <c r="E59" s="7">
         <v>0.45833333333333331</v>
       </c>
       <c r="F59" s="5"/>
       <c r="G59" s="5">
         <v>119</v>
       </c>
       <c r="H59" s="13" t="e" vm="112">
         <v>#VALUE!</v>
       </c>
       <c r="I59" s="5" t="s">
         <v>116</v>
       </c>
-      <c r="J59" s="7"/>
+      <c r="J59" s="7">
+        <v>0.50277777777777777</v>
+      </c>
       <c r="K59" s="5"/>
     </row>
     <row r="60" spans="2:11" ht="60" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B60" s="5">
         <v>57</v>
       </c>
       <c r="C60" s="13" t="e" vm="113">
         <v>#VALUE!</v>
       </c>
       <c r="D60" s="5" t="s">
         <v>117</v>
       </c>
-      <c r="E60" s="7"/>
+      <c r="E60" s="7">
+        <v>0.49652777777777779</v>
+      </c>
       <c r="F60" s="5"/>
       <c r="G60" s="5">
         <v>120</v>
       </c>
       <c r="H60" s="13" t="e" vm="114">
         <v>#VALUE!</v>
       </c>
       <c r="I60" s="5" t="s">
         <v>118</v>
       </c>
       <c r="J60" s="7">
         <v>0.41944444444444445</v>
       </c>
       <c r="K60" s="5"/>
     </row>
     <row r="61" spans="2:11" ht="60" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B61" s="5">
         <v>58</v>
       </c>
       <c r="C61" s="13" t="e" vm="115">
         <v>#VALUE!</v>
       </c>
       <c r="D61" s="5" t="s">
         <v>119</v>
       </c>
@@ -4727,69 +4735,69 @@
       </c>
       <c r="I66" s="5" t="s">
         <v>130</v>
       </c>
       <c r="J66" s="7"/>
       <c r="K66" s="5" t="s">
         <v>134</v>
       </c>
     </row>
     <row r="67" spans="2:12" ht="60" customHeight="1" x14ac:dyDescent="0.2">
       <c r="E67" s="11"/>
       <c r="F67" s="11"/>
       <c r="G67" s="9"/>
       <c r="H67" s="12"/>
       <c r="I67" s="9"/>
       <c r="J67" s="11"/>
       <c r="K67" s="11"/>
       <c r="L67" s="11"/>
     </row>
     <row r="69" spans="2:12" ht="16" customHeight="1" x14ac:dyDescent="0.2">
       <c r="D69" s="6" t="s">
         <v>136</v>
       </c>
       <c r="E69" s="8">
         <f>126-COUNTBLANK(E4:E66)-COUNTBLANK(J4:J66)</f>
-        <v>87</v>
+        <v>92</v>
       </c>
     </row>
     <row r="70" spans="2:12" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="D70" s="6" t="s">
         <v>138</v>
       </c>
       <c r="E70" s="8">
         <f>126-COUNTBLANK(F4:F66)-COUNTBLANK(K4:K66)</f>
-        <v>32</v>
+        <v>31</v>
       </c>
     </row>
     <row r="71" spans="2:12" ht="16" customHeight="1" x14ac:dyDescent="0.2">
       <c r="D71" s="6" t="s">
         <v>137</v>
       </c>
       <c r="E71" s="8">
         <f>126-E69-E70</f>
-        <v>7</v>
+        <v>3</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="B1:K2"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Macintosh Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>