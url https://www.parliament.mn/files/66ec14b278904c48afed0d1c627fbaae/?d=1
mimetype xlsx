--- v0 (2025-12-18)
+++ v1 (2026-02-10)
@@ -10,51 +10,51 @@
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/metadata.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheetMetadata+xml"/>
   <Override PartName="/xl/richData/richValueRel.xml" ContentType="application/vnd.ms-excel.richvaluerel+xml"/>
   <Override PartName="/xl/richData/rdrichvalue.xml" ContentType="application/vnd.ms-excel.rdrichvalue+xml"/>
   <Override PartName="/xl/richData/rdrichvaluestructure.xml" ContentType="application/vnd.ms-excel.rdrichvaluestructure+xml"/>
   <Override PartName="/xl/richData/rdRichValueTypes.xml" ContentType="application/vnd.ms-excel.rdrichvaluetypes+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="11214"/>
   <workbookPr defaultThemeVersion="202300"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="/Users/macintosh/Documents/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{1143ACCB-E1C4-C14F-8DBE-F637B5CE094E}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{F28B06E8-2049-1040-B9D4-9F352C1CC75E}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="17160" yWindow="5620" windowWidth="27640" windowHeight="16680" xr2:uid="{55A901AA-0B75-364E-9EE8-A583D9D9ADE7}"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="181029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
@@ -3985,51 +3985,51 @@
     <row r="41" spans="2:11" ht="60" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B41" s="5">
         <v>38</v>
       </c>
       <c r="C41" s="8" t="e" vm="75">
         <v>#VALUE!</v>
       </c>
       <c r="D41" s="5" t="s">
         <v>83</v>
       </c>
       <c r="E41" s="6">
         <v>0.3888888888888889</v>
       </c>
       <c r="F41" s="5"/>
       <c r="G41" s="5">
         <v>101</v>
       </c>
       <c r="H41" s="8" t="e" vm="76">
         <v>#VALUE!</v>
       </c>
       <c r="I41" s="5" t="s">
         <v>84</v>
       </c>
       <c r="J41" s="6"/>
       <c r="K41" s="5" t="s">
-        <v>6</v>
+        <v>29</v>
       </c>
     </row>
     <row r="42" spans="2:11" ht="60" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B42" s="5">
         <v>39</v>
       </c>
       <c r="C42" s="8" t="e" vm="77">
         <v>#VALUE!</v>
       </c>
       <c r="D42" s="5" t="s">
         <v>85</v>
       </c>
       <c r="E42" s="6">
         <v>0.4236111111111111</v>
       </c>
       <c r="F42" s="5"/>
       <c r="G42" s="5">
         <v>102</v>
       </c>
       <c r="H42" s="8" t="e" vm="78">
         <v>#VALUE!</v>
       </c>
       <c r="I42" s="5" t="s">
         <v>86</v>
       </c>